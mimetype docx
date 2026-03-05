--- v0 (2025-12-26)
+++ v1 (2026-03-05)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="33A7EC72" w14:textId="77777777" w:rsidR="00DA7801" w:rsidRDefault="00DA7801" w:rsidP="00DA7801">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C26A3D6" w14:textId="77777777" w:rsidR="00DA7801" w:rsidRDefault="00DA7801" w:rsidP="00DA7801">
       <w:pPr>
         <w:keepNext/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>YER GÖRME BELGESİ</w:t>
       </w:r>
     </w:p>
@@ -157,51 +157,51 @@
         <w:ind w:left="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="51B73087" w14:textId="77777777" w:rsidR="00DA7801" w:rsidRDefault="00DA7801" w:rsidP="00DA7801">
       <w:pPr>
         <w:ind w:left="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7BCD954A" w14:textId="77777777" w:rsidR="00DA7801" w:rsidRDefault="00DA7801" w:rsidP="00DA7801">
       <w:pPr>
         <w:ind w:left="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18E52774" w14:textId="20815CC1" w:rsidR="00DA7801" w:rsidRDefault="00DA7801" w:rsidP="00DA7801">
+    <w:p w14:paraId="18E52774" w14:textId="7A8D8F85" w:rsidR="00DA7801" w:rsidRDefault="00DA7801" w:rsidP="00DA7801">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:lang w:bidi="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00CF1690">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Üniversitemiz tarafından</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
@@ -211,51 +211,63 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:bidi="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve">Ankara ili, Çankaya İlçesi, Söğütözü Mahallesi, TOBB Ekonomi ve Teknoloji </w:t>
       </w:r>
       <w:r w:rsidR="00586090">
         <w:rPr>
           <w:b/>
           <w:lang w:bidi="tr-TR"/>
         </w:rPr>
         <w:t>üniversitesi yerleşkesinde</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:bidi="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> yapılacak olan </w:t>
       </w:r>
       <w:r w:rsidR="00586090">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Teknoloji Merkezi 2.Kat BTM Sistem Odası Hassas Tip Klima İşleri</w:t>
+        <w:t>Teknoloji Merkezi 2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D17B0A">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00586090">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Kat BTM Sistem Odası Hassas Tip Klima İşleri</w:t>
       </w:r>
       <w:r w:rsidR="00586090">
         <w:rPr>
           <w:b/>
           <w:lang w:bidi="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00586090">
         <w:rPr>
           <w:lang w:bidi="tr-TR"/>
         </w:rPr>
         <w:t>için</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:bidi="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -284,52 +296,50 @@
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E997EF3" w14:textId="77777777" w:rsidR="00DA7801" w:rsidRDefault="00DA7801" w:rsidP="00DA7801">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31A7DB83" w14:textId="77777777" w:rsidR="00DA7801" w:rsidRDefault="00DA7801" w:rsidP="00DA7801">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="0F9D0304" w14:textId="77777777" w:rsidR="00DA7801" w:rsidRDefault="00DA7801" w:rsidP="00DA7801">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15895C70" w14:textId="77777777" w:rsidR="00DA7801" w:rsidRDefault="00DA7801" w:rsidP="00DA7801">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9182" w:type="dxa"/>
         <w:jc w:val="center"/>
@@ -706,223 +716,227 @@
         <w:t>istekli</w:t>
       </w:r>
       <w:r w:rsidRPr="00E55DE7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> tarafından teminata ilişkin belge ve diğer belgelerle birlikte ihale komisyonuna sunulacaktır.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62820F0A" w14:textId="77777777" w:rsidR="00DA7801" w:rsidRDefault="00DA7801" w:rsidP="00DA7801"/>
     <w:p w14:paraId="3287D743" w14:textId="77777777" w:rsidR="001B3F2B" w:rsidRDefault="001B3F2B"/>
     <w:sectPr w:rsidR="001B3F2B">
       <w:footerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7DADD9F6" w14:textId="77777777" w:rsidR="00E64E7D" w:rsidRDefault="00E64E7D" w:rsidP="00CF1690">
+    <w:p w14:paraId="5DC4429B" w14:textId="77777777" w:rsidR="00FF4699" w:rsidRDefault="00FF4699" w:rsidP="00CF1690">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4E49F93D" w14:textId="77777777" w:rsidR="00E64E7D" w:rsidRDefault="00E64E7D" w:rsidP="00CF1690">
+    <w:p w14:paraId="19051F48" w14:textId="77777777" w:rsidR="00FF4699" w:rsidRDefault="00FF4699" w:rsidP="00CF1690">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="64630331" w14:textId="03D84F0A" w:rsidR="00CF1690" w:rsidRPr="00CF1690" w:rsidRDefault="00CF1690" w:rsidP="00CF1690">
     <w:pPr>
       <w:pStyle w:val="AltBilgi"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00CF1690">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Yer Görme Belgesi</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4D59579F" w14:textId="77777777" w:rsidR="00E64E7D" w:rsidRDefault="00E64E7D" w:rsidP="00CF1690">
+    <w:p w14:paraId="1241849A" w14:textId="77777777" w:rsidR="00FF4699" w:rsidRDefault="00FF4699" w:rsidP="00CF1690">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="00F29FBA" w14:textId="77777777" w:rsidR="00E64E7D" w:rsidRDefault="00E64E7D" w:rsidP="00CF1690">
+    <w:p w14:paraId="758B1B6A" w14:textId="77777777" w:rsidR="00FF4699" w:rsidRDefault="00FF4699" w:rsidP="00CF1690">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0039047B"/>
+    <w:rsid w:val="00184D69"/>
     <w:rsid w:val="001B3F2B"/>
     <w:rsid w:val="0039047B"/>
     <w:rsid w:val="004D1AA0"/>
     <w:rsid w:val="00586090"/>
     <w:rsid w:val="00C808C8"/>
     <w:rsid w:val="00CF1690"/>
     <w:rsid w:val="00D00022"/>
+    <w:rsid w:val="00D17B0A"/>
     <w:rsid w:val="00DA7801"/>
     <w:rsid w:val="00E64E7D"/>
+    <w:rsid w:val="00FF4699"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6290119E"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{5CAD3AAA-A1C0-4136-9F1B-A376C82FBFB1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="tr-TR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1250,50 +1264,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00DA7801"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
@@ -1361,51 +1380,51 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CF1690"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AltBilgiChar">
     <w:name w:val="Alt Bilgi Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="AltBilgi"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00CF1690"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -1638,54 +1657,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>128</Words>
-  <Characters>732</Characters>
+  <Words>109</Words>
+  <Characters>752</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>20</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>859</CharactersWithSpaces>
+  <CharactersWithSpaces>854</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Mehmet</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>