--- v0 (2025-12-26)
+++ v1 (2026-03-05)
@@ -92,51 +92,51 @@
     </w:p>
     <w:p w14:paraId="56122D69" w14:textId="327EF8FF" w:rsidR="005B79C8" w:rsidRPr="004110DB" w:rsidRDefault="005B79C8" w:rsidP="005B79C8">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="004B1254">
         <w:t xml:space="preserve">TOBB Ekonomi ve Teknoloji </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="004B1254">
         <w:t>Üniversitesi</w:t>
       </w:r>
       <w:r w:rsidR="00475753">
         <w:t xml:space="preserve"> ;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="1264F162" w14:textId="77777777" w:rsidR="005B79C8" w:rsidRDefault="005B79C8" w:rsidP="005B79C8">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="458D0715" w14:textId="70A17563" w:rsidR="005B79C8" w:rsidRDefault="002E08CA" w:rsidP="005B79C8">
+    <w:p w14:paraId="458D0715" w14:textId="7E8DD3A4" w:rsidR="005B79C8" w:rsidRDefault="002E08CA" w:rsidP="005B79C8">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">İdarenizce ihaleye çıkarılan </w:t>
       </w:r>
       <w:r w:rsidR="00296CEA">
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="001F20FE" w:rsidRPr="001F20FE">
         <w:t>Teknoloji Merkezi 2.Kat BTM Sistem Odası Hassas Tip Klima İşleri</w:t>
       </w:r>
       <w:r w:rsidR="00296CEA">
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00296CEA" w:rsidRPr="00296CEA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B90251" w:rsidRPr="00B90251">
         <w:t xml:space="preserve">İhalesi </w:t>
       </w:r>
       <w:r w:rsidR="005B79C8">
         <w:t xml:space="preserve">işine istekli sıfatıyla katılacak olan </w:t>
       </w:r>
@@ -158,55 +158,52 @@
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk24101948"/>
       <w:r w:rsidR="005B79C8" w:rsidRPr="008F0C40">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="005B79C8" w:rsidRPr="008F0C40">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nı</w:t>
       </w:r>
       <w:r w:rsidR="005B79C8" w:rsidRPr="008F0C40">
         <w:t>n</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="005B79C8" w:rsidRPr="008F0C40">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004B1254">
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="001F20FE">
-[...3 lines deleted...]
-        <w:t>1215</w:t>
+      <w:r w:rsidR="008C31EC">
+        <w:t>60227</w:t>
       </w:r>
       <w:r w:rsidR="004B1254">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006B07E7" w:rsidRPr="00303BBD">
         <w:t xml:space="preserve">numaralı </w:t>
       </w:r>
       <w:r w:rsidR="00E90684" w:rsidRPr="00303BBD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E90684" w:rsidRPr="000D4F0A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ihale ile ilgili</w:t>
       </w:r>
       <w:r w:rsidR="006B07E7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>; yürürlükteki tüm</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="006B07E7">
         <w:rPr>
@@ -246,58 +243,52 @@
       <w:r w:rsidR="005B79C8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="005B79C8">
         <w:t>......</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="005B79C8">
         <w:t xml:space="preserve">’yi </w:t>
       </w:r>
       <w:r w:rsidR="005B79C8">
         <w:rPr>
           <w:i/>
           <w:color w:val="808080"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>[bankanın adı]</w:t>
       </w:r>
       <w:r w:rsidR="005B79C8">
         <w:t xml:space="preserve"> garanti ettiğinden, </w:t>
       </w:r>
       <w:r w:rsidR="00E90684">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>1215</w:t>
+      <w:r w:rsidR="008C31EC">
+        <w:t>20260227</w:t>
       </w:r>
       <w:r w:rsidR="006B07E7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006B07E7" w:rsidRPr="004110DB">
         <w:t>numaralı</w:t>
       </w:r>
       <w:r w:rsidR="006B07E7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E90684" w:rsidRPr="000D4F0A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ihale ile ilgili</w:t>
       </w:r>
       <w:r w:rsidR="00023F8B">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> yürürlükteki tüm </w:t>
       </w:r>
@@ -318,149 +309,149 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">anun, yönetmelik, şartname, </w:t>
       </w:r>
       <w:r w:rsidR="00E90684" w:rsidRPr="00E90684">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sözleşme</w:t>
       </w:r>
       <w:r w:rsidR="00E90684" w:rsidRPr="00E90684">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E90684">
         <w:t xml:space="preserve">ve sair ihale dokümanı  hükümleri gereği </w:t>
       </w:r>
       <w:r w:rsidR="005B79C8">
         <w:t xml:space="preserve">geçici teminatın gelir kaydedileceği hallerin ortaya çıkması halinde, protesto çekmeye, </w:t>
       </w:r>
       <w:r w:rsidR="00CF055D">
         <w:t>mahkeme kararı olmaksızın</w:t>
       </w:r>
       <w:r w:rsidR="00D96824">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="005B79C8">
         <w:t xml:space="preserve">ve adı geçenin iznini almaya gerek kalmaksızın ve adı geçen ile idareniz arasında ortaya çıkacak herhangi bir uyuşmazlık ve bunun akıbet ve kanuni sonuçları dikkate alınmaksızın, yukarıda yazılı tutarı ilk yazılı talebiniz üzerine derhal ve gecikmeksizin idarenize veya emrinize nakden ve tamamen ve talep tarihinden ödeme tarihine kadar geçen günlere ait kanuni faiziyle birlikte ödeyeceğimizi </w:t>
       </w:r>
       <w:r w:rsidR="005B79C8">
         <w:rPr>
           <w:i/>
           <w:color w:val="808080"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>[bankanın adı]</w:t>
       </w:r>
       <w:r w:rsidR="005B79C8">
         <w:t xml:space="preserve">‘nın imza atmaya yetkili temsilcisi ve sorumlusu sıfatıyla ve </w:t>
       </w:r>
       <w:r w:rsidR="005B79C8">
         <w:rPr>
           <w:i/>
           <w:color w:val="808080"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>[bankanın adı]</w:t>
       </w:r>
       <w:r w:rsidR="005B79C8">
         <w:rPr>
           <w:color w:val="808080"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005B79C8">
         <w:t>ad ve hesabına taahhüt ve beyan ederiz.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E55793C" w14:textId="77777777" w:rsidR="005B79C8" w:rsidRDefault="005B79C8" w:rsidP="005B79C8">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4018CD03" w14:textId="18E46D77" w:rsidR="005B79C8" w:rsidRDefault="005B79C8" w:rsidP="005B79C8">
+    <w:p w14:paraId="4018CD03" w14:textId="1CB08E42" w:rsidR="005B79C8" w:rsidRDefault="005B79C8" w:rsidP="005B79C8">
       <w:pPr>
         <w:pStyle w:val="GvdeMetni"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="6"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Bu teminat </w:t>
       </w:r>
       <w:r w:rsidRPr="008F0C40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>mektubu</w:t>
       </w:r>
       <w:r w:rsidRPr="008F0C40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C22694">
+      <w:r w:rsidR="008C31EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>31.12.2025</w:t>
+        <w:t>01.05.2026</w:t>
       </w:r>
       <w:r w:rsidRPr="008F0C40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> tarihine</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="6"/>
         </w:rPr>
         <w:t>kadar geçerli olup, bu tarihe kadar elimize geçecek şekilde tarafınızdan yazılı tazmin talebinde bulunulmadığı takdirde hükümsüz olacaktır.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="127DBA3E" w14:textId="77777777" w:rsidR="005B79C8" w:rsidRDefault="005B79C8" w:rsidP="005B79C8">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="7C5EA14E" w14:textId="77777777" w:rsidR="005B79C8" w:rsidRDefault="005B79C8" w:rsidP="005B79C8">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="555F23CC" w14:textId="77777777" w:rsidR="005B79C8" w:rsidRDefault="005B79C8" w:rsidP="005B79C8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6900"/>
         </w:tabs>
         <w:ind w:left="5103"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="808080"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="808080"/>
           <w:sz w:val="16"/>
         </w:rPr>
@@ -564,58 +555,58 @@
     <w:p w14:paraId="642FD36B" w14:textId="77777777" w:rsidR="005B79C8" w:rsidRDefault="005B79C8" w:rsidP="005B79C8">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19CE9135" w14:textId="77777777" w:rsidR="005B79C8" w:rsidRDefault="005B79C8" w:rsidP="005B79C8">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="24A54FDC" w14:textId="77777777" w:rsidR="00DD2652" w:rsidRDefault="00DD2652"/>
     <w:sectPr w:rsidR="00DD2652" w:rsidSect="006F1FCB">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="61C0F719" w14:textId="77777777" w:rsidR="003164C6" w:rsidRDefault="003164C6" w:rsidP="005B79C8">
+    <w:p w14:paraId="698566F8" w14:textId="77777777" w:rsidR="006C2B7D" w:rsidRDefault="006C2B7D" w:rsidP="005B79C8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6BC8DB2C" w14:textId="77777777" w:rsidR="003164C6" w:rsidRDefault="003164C6" w:rsidP="005B79C8">
+    <w:p w14:paraId="5D90192D" w14:textId="77777777" w:rsidR="006C2B7D" w:rsidRDefault="006C2B7D" w:rsidP="005B79C8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -630,182 +621,168 @@
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4D0C2BFD" w14:textId="77777777" w:rsidR="003164C6" w:rsidRDefault="003164C6" w:rsidP="005B79C8">
+    <w:p w14:paraId="181463FD" w14:textId="77777777" w:rsidR="006C2B7D" w:rsidRDefault="006C2B7D" w:rsidP="005B79C8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="13D67D10" w14:textId="77777777" w:rsidR="003164C6" w:rsidRDefault="003164C6" w:rsidP="005B79C8">
+    <w:p w14:paraId="554C6473" w14:textId="77777777" w:rsidR="006C2B7D" w:rsidRDefault="006C2B7D" w:rsidP="005B79C8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="2E178DB2" w14:textId="31BE25F1" w:rsidR="00B90251" w:rsidRDefault="001F20FE" w:rsidP="00B90251">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:ind w:left="-630"/>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:id="2" w:name="_Hlk138411347"/>
     <w:r w:rsidRPr="001F20FE">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>Teknoloji Merkezi 2.Kat BTM Sistem Odası Hassas Tip Klima İşleri</w:t>
     </w:r>
     <w:r w:rsidRPr="00A51233">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00B90251" w:rsidRPr="00A51233">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>İhalesi</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="58A3C439" w14:textId="629D1895" w:rsidR="00B90251" w:rsidRDefault="00B90251" w:rsidP="00B90251">
+  <w:p w14:paraId="58A3C439" w14:textId="2001ACDF" w:rsidR="00B90251" w:rsidRDefault="00B90251" w:rsidP="00B90251">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:ind w:left="-630"/>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BB4EF7">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">İhale No: </w:t>
     </w:r>
     <w:bookmarkStart w:id="3" w:name="_Hlk142650518"/>
-    <w:r w:rsidR="004B1254">
+    <w:r w:rsidR="008C31EC" w:rsidRPr="008C31EC">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>202</w:t>
+      <w:t>20260227</w:t>
     </w:r>
     <w:bookmarkEnd w:id="3"/>
-    <w:r w:rsidR="001F20FE">
-[...12 lines deleted...]
-    </w:r>
   </w:p>
   <w:p w14:paraId="3FC4E8F7" w14:textId="77777777" w:rsidR="00D96824" w:rsidRDefault="00D96824" w:rsidP="00D96824">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="356DABA1" w14:textId="77777777" w:rsidR="00CC002E" w:rsidRPr="00BB4EF7" w:rsidRDefault="00CC002E" w:rsidP="00CC002E">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:bookmarkEnd w:id="2"/>
   <w:p w14:paraId="43063012" w14:textId="77777777" w:rsidR="00803421" w:rsidRDefault="00803421">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FB3287"/>
     <w:rsid w:val="00023D89"/>
     <w:rsid w:val="00023F8B"/>
     <w:rsid w:val="0009727E"/>
     <w:rsid w:val="00151DBB"/>
@@ -819,56 +796,58 @@
     <w:rsid w:val="00303BBD"/>
     <w:rsid w:val="00315D6A"/>
     <w:rsid w:val="003164C6"/>
     <w:rsid w:val="00363C85"/>
     <w:rsid w:val="00381E5A"/>
     <w:rsid w:val="003B5D7F"/>
     <w:rsid w:val="003D041A"/>
     <w:rsid w:val="00404D0A"/>
     <w:rsid w:val="004110DB"/>
     <w:rsid w:val="00431CCF"/>
     <w:rsid w:val="00475753"/>
     <w:rsid w:val="004829FE"/>
     <w:rsid w:val="004B1254"/>
     <w:rsid w:val="00507F89"/>
     <w:rsid w:val="005A07C9"/>
     <w:rsid w:val="005A24F4"/>
     <w:rsid w:val="005B175E"/>
     <w:rsid w:val="005B2E6A"/>
     <w:rsid w:val="005B79C8"/>
     <w:rsid w:val="0060626E"/>
     <w:rsid w:val="00625B14"/>
     <w:rsid w:val="006554F8"/>
     <w:rsid w:val="00674405"/>
     <w:rsid w:val="0067796A"/>
     <w:rsid w:val="006B07E7"/>
+    <w:rsid w:val="006C2B7D"/>
     <w:rsid w:val="006F1FCB"/>
     <w:rsid w:val="007B4861"/>
     <w:rsid w:val="007C2136"/>
     <w:rsid w:val="00803421"/>
     <w:rsid w:val="00862215"/>
     <w:rsid w:val="0089459D"/>
+    <w:rsid w:val="008C31EC"/>
     <w:rsid w:val="008F0C40"/>
     <w:rsid w:val="008F77EA"/>
     <w:rsid w:val="00903D09"/>
     <w:rsid w:val="00957DDD"/>
     <w:rsid w:val="009A5CE9"/>
     <w:rsid w:val="009E5921"/>
     <w:rsid w:val="00A47297"/>
     <w:rsid w:val="00A63681"/>
     <w:rsid w:val="00AB1DE7"/>
     <w:rsid w:val="00AC253E"/>
     <w:rsid w:val="00AE6CDC"/>
     <w:rsid w:val="00AF5FBB"/>
     <w:rsid w:val="00B06868"/>
     <w:rsid w:val="00B67C9F"/>
     <w:rsid w:val="00B90251"/>
     <w:rsid w:val="00BA1575"/>
     <w:rsid w:val="00BA3901"/>
     <w:rsid w:val="00C22694"/>
     <w:rsid w:val="00C61BFA"/>
     <w:rsid w:val="00C7422E"/>
     <w:rsid w:val="00CC002E"/>
     <w:rsid w:val="00CE179C"/>
     <w:rsid w:val="00CF055D"/>
     <w:rsid w:val="00D627A2"/>
     <w:rsid w:val="00D96824"/>
@@ -1919,50 +1898,70 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d2f55692-1c17-4d2f-b3c0-7bb2656f32c3">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="533f4925-92ad-4fd7-88f0-665a4bb09689"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Belge" ma:contentTypeID="0x010100BD5A2C406AE3594B8C6ED0C1CFB5A808" ma:contentTypeVersion="25" ma:contentTypeDescription="Yeni belge oluşturun." ma:contentTypeScope="" ma:versionID="76aa83b0feda93f77f1d2a244287cd97">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d2f55692-1c17-4d2f-b3c0-7bb2656f32c3" xmlns:ns3="533f4925-92ad-4fd7-88f0-665a4bb09689" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4c27ad28b540d6d47c439778536dfe0e" ns2:_="" ns3:_="">
     <xsd:import namespace="d2f55692-1c17-4d2f-b3c0-7bb2656f32c3"/>
     <xsd:import namespace="533f4925-92ad-4fd7-88f0-665a4bb09689"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
@@ -2167,114 +2166,94 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{809832E2-FD5D-41B6-B1C7-B8B48F4BE5FB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D3573354-F296-450C-B8B6-6C0833033651}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="d2f55692-1c17-4d2f-b3c0-7bb2656f32c3"/>
+    <ds:schemaRef ds:uri="533f4925-92ad-4fd7-88f0-665a4bb09689"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{92BAB471-82F1-4A9F-896D-04E6B7C158DB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="d2f55692-1c17-4d2f-b3c0-7bb2656f32c3"/>
     <ds:schemaRef ds:uri="533f4925-92ad-4fd7-88f0-665a4bb09689"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB2828F1-A5FB-4701-80FF-94C2472629B5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A24026F4-8E20-48F3-9760-2D54FE35D56E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>241</Words>
   <Characters>1374</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>