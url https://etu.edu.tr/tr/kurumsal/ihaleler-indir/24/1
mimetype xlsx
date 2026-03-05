--- v0 (2026-01-23)
+++ v1 (2026-03-05)
@@ -7,55 +7,55 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr codeName="BuÇalışmaKitabı" defaultThemeVersion="153222"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\user\Pictures\Desktop\Bulut\Satın Alma Müdürlüğü\6- Eren YAZAR\2025 Hassas Klima İhale Evrakları\İhale Dokümanları\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\user\Pictures\Desktop\Bulut\Satın Alma Müdürlüğü\İhaleler\2025\2025 Hassas Klima İhale Evrakları\İhale Dokümanları\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720"/>
   </bookViews>
   <sheets>
     <sheet name="Birim Fiyat Cetveli" sheetId="6" r:id="rId1"/>
     <sheet name="Birim Fiyat Teklif Mektubu" sheetId="7" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_ftn1" localSheetId="0">'Birim Fiyat Cetveli'!$A$56</definedName>
     <definedName name="_ftn1" localSheetId="1">'Birim Fiyat Teklif Mektubu'!$A$47</definedName>
     <definedName name="_ftnref1" localSheetId="0">'Birim Fiyat Cetveli'!$A$2</definedName>
     <definedName name="_ftnref1" localSheetId="1">'Birim Fiyat Teklif Mektubu'!$A$3</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
@@ -71,51 +71,51 @@
   <c r="F15" i="6"/>
   <c r="F14" i="6"/>
   <c r="F13" i="6"/>
   <c r="F12" i="6"/>
   <c r="F11" i="6"/>
   <c r="F10" i="6"/>
   <c r="F9" i="6"/>
   <c r="F8" i="6"/>
   <c r="F7" i="6"/>
   <c r="F21" i="6"/>
   <c r="F22" i="6"/>
   <c r="F23" i="6"/>
   <c r="F24" i="6"/>
   <c r="F25" i="6"/>
   <c r="F26" i="6"/>
   <c r="F17" i="6"/>
   <c r="F18" i="6"/>
   <c r="F19" i="6"/>
   <c r="F20" i="6"/>
   <c r="F6" i="6"/>
   <c r="F28" i="6" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="32">
   <si>
     <t>Sıra No</t>
   </si>
   <si>
     <t xml:space="preserve">İş Kaleminin Adı ve Kısa Açıklaması </t>
   </si>
   <si>
     <t>Birimi</t>
   </si>
   <si>
     <r>
       <t>Teklif Edilen</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="162"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
@@ -211,87 +211,54 @@
   <si>
     <t xml:space="preserve">3- Teklif vermeye yetkili kişi tarafından her sayfası ad ve soyadı/ticaret unvanı yazılarak imzalanacaktır. </t>
   </si>
   <si>
     <t>SATIN ALMA MÜDÜRLÜĞÜ</t>
   </si>
   <si>
     <t xml:space="preserve">EK: Birim fiyat teklif cetveli
 1- İsteklinin Türk vatandaşı gerçek kişi olması halinde, 11 rakamdan oluşan T.C. kimlik numarası yazılacaktır.
 2- Teklif vermeye yetkili kişi tarafından imzalanacaktır.
 </t>
   </si>
   <si>
     <t>Miktarı</t>
   </si>
   <si>
     <t xml:space="preserve"> BİRİM FİYAT TEKLİF CETVELİ</t>
   </si>
   <si>
     <t>Teklif Edilen Birim Tutarı</t>
   </si>
   <si>
     <t xml:space="preserve"> BİRİM FİYAT TEKLİF MEKTUBU</t>
   </si>
   <si>
-    <t>Bakır Boru Tesisatı</t>
-[...34 lines deleted...]
-  <si>
     <t xml:space="preserve"> Teknoloji Merkezi 2.Kat BTM Sistem Odası Hassas Tip Klima İşleri Hk.</t>
+  </si>
+  <si>
+    <t>Hassas Tip Klima Temini ve Montajı</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="162"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="162"/>
       <scheme val="minor"/>
@@ -1431,52 +1398,52 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Sayfa1"/>
   <dimension ref="A1:F113"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" topLeftCell="A19" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="D16" sqref="D16"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="F12" sqref="F12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.85546875" customWidth="1"/>
     <col min="2" max="2" width="54.42578125" customWidth="1"/>
     <col min="3" max="3" width="12.140625" customWidth="1"/>
     <col min="4" max="4" width="11.85546875" customWidth="1"/>
     <col min="5" max="5" width="20.28515625" customWidth="1"/>
     <col min="6" max="6" width="21.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="80.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="19"/>
       <c r="B1" s="20"/>
       <c r="C1" s="21"/>
       <c r="D1" s="18"/>
       <c r="E1" s="60" t="s">
         <v>24</v>
       </c>
       <c r="F1" s="61"/>
     </row>
     <row r="2" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="48" t="s">
         <v>27</v>
@@ -1510,229 +1477,171 @@
     <row r="5" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="24" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="33" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="24" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="25" t="s">
         <v>26</v>
       </c>
       <c r="E5" s="23" t="s">
         <v>3</v>
       </c>
       <c r="F5" s="24" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="31">
         <v>1</v>
       </c>
       <c r="B6" s="34" t="s">
-        <v>30</v>
-[...6 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="C6" s="31"/>
+      <c r="D6" s="47"/>
       <c r="E6" s="26"/>
       <c r="F6" s="28">
         <f>D6*E6</f>
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="31">
         <v>2</v>
       </c>
-      <c r="B7" s="34" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="B7" s="34"/>
+      <c r="C7" s="31"/>
+      <c r="D7" s="47"/>
       <c r="E7" s="26"/>
       <c r="F7" s="28">
         <f t="shared" ref="F7:F16" si="0">D7*E7</f>
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="31">
         <v>3</v>
       </c>
-      <c r="B8" s="34" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="B8" s="34"/>
+      <c r="C8" s="31"/>
+      <c r="D8" s="47"/>
       <c r="E8" s="26"/>
       <c r="F8" s="28">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="31">
         <v>4</v>
       </c>
-      <c r="B9" s="34" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="B9" s="34"/>
+      <c r="C9" s="31"/>
+      <c r="D9" s="47"/>
       <c r="E9" s="26"/>
       <c r="F9" s="28">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="31">
         <v>5</v>
       </c>
-      <c r="B10" s="34" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="B10" s="34"/>
+      <c r="C10" s="31"/>
+      <c r="D10" s="47"/>
       <c r="E10" s="26"/>
       <c r="F10" s="28">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="31">
         <v>6</v>
       </c>
-      <c r="B11" s="34" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="B11" s="34"/>
+      <c r="C11" s="31"/>
+      <c r="D11" s="47"/>
       <c r="E11" s="26"/>
       <c r="F11" s="28">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="31">
         <v>7</v>
       </c>
-      <c r="B12" s="34" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="B12" s="34"/>
+      <c r="C12" s="31"/>
+      <c r="D12" s="47"/>
       <c r="E12" s="26"/>
       <c r="F12" s="28">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="31">
         <v>8</v>
       </c>
-      <c r="B13" s="34" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="B13" s="34"/>
+      <c r="C13" s="31"/>
+      <c r="D13" s="47"/>
       <c r="E13" s="26"/>
       <c r="F13" s="28">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="31">
         <v>9</v>
       </c>
-      <c r="B14" s="34" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="B14" s="34"/>
+      <c r="C14" s="31"/>
+      <c r="D14" s="47"/>
       <c r="E14" s="26"/>
       <c r="F14" s="28">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="31">
         <v>10</v>
       </c>
-      <c r="B15" s="34" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="B15" s="34"/>
+      <c r="C15" s="31"/>
+      <c r="D15" s="47"/>
       <c r="E15" s="26"/>
       <c r="F15" s="28">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="31">
         <v>11</v>
       </c>
       <c r="B16" s="34"/>
       <c r="C16" s="31"/>
       <c r="D16" s="47"/>
       <c r="E16" s="26"/>
       <c r="F16" s="28">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="31">
         <v>12</v>
       </c>
       <c r="B17" s="34"/>
       <c r="C17" s="31"/>
@@ -2572,108 +2481,108 @@
       <c r="A113" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A2:F3"/>
     <mergeCell ref="A37:F37"/>
     <mergeCell ref="A38:F38"/>
     <mergeCell ref="E1:F1"/>
     <mergeCell ref="A40:F40"/>
     <mergeCell ref="A4:D4"/>
     <mergeCell ref="E4:F4"/>
     <mergeCell ref="A39:F39"/>
     <mergeCell ref="A28:E28"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="67" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Sayfa2"/>
   <dimension ref="A1:B104"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView topLeftCell="A13" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B7" sqref="B7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="58.140625" customWidth="1"/>
     <col min="2" max="2" width="97.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="73"/>
       <c r="B1" s="73" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="2" spans="1:2" ht="39.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="74"/>
       <c r="B2" s="74"/>
     </row>
     <row r="3" spans="1:2" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="75" t="s">
         <v>29</v>
       </c>
       <c r="B3" s="75"/>
     </row>
     <row r="4" spans="1:2" ht="39.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="52"/>
       <c r="B4" s="52"/>
     </row>
     <row r="5" spans="1:2" ht="39.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="80" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="81"/>
     </row>
     <row r="6" spans="1:2" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="8">
-        <v>46006</v>
+        <v>46080</v>
       </c>
     </row>
     <row r="7" spans="1:2" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="9" t="s">
         <v>13</v>
       </c>
       <c r="B7" s="9">
-        <v>20251215</v>
+        <v>20260227</v>
       </c>
     </row>
     <row r="8" spans="1:2" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="9" t="s">
-        <v>42</v>
+        <v>30</v>
       </c>
     </row>
     <row r="9" spans="1:2" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="9"/>
     </row>
     <row r="10" spans="1:2" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="9" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="9"/>
     </row>
     <row r="11" spans="1:2" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="9" t="s">
         <v>17</v>
       </c>
       <c r="B11" s="9"/>
     </row>
     <row r="12" spans="1:2" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="9" t="s">
         <v>18</v>
       </c>
       <c r="B12" s="9"/>